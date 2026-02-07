--- v0 (2026-01-20)
+++ v1 (2026-02-07)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="747FF177" w14:textId="701AFDD6" w:rsidR="0063523D" w:rsidRDefault="00D34694" w:rsidP="00CF5A4C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -822,68 +827,77 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">①管理経費 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793DD4B7" w14:textId="26DC5F37" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="005561BA" w:rsidP="00C369EF">
       <w:pPr>
         <w:ind w:leftChars="270" w:left="567" w:firstLineChars="135" w:firstLine="270"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>事務処理経費として発生する。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D839E9" w14:textId="28DF4325" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="00C369EF" w:rsidP="00C369EF">
+    <w:p w14:paraId="12D839E9" w14:textId="0F977BAE" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="00C369EF" w:rsidP="00C369EF">
       <w:pPr>
         <w:ind w:leftChars="270" w:left="567" w:firstLineChars="235" w:firstLine="470"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>→</w:t>
       </w:r>
+      <w:r w:rsidR="000D40D8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.の審査料、及び</w:t>
+      </w:r>
       <w:r w:rsidR="00E05DF0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="005561BA" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>の</w:t>
       </w:r>
       <w:r w:rsidR="005561BA" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>調査票１冊あたり の</w:t>
@@ -949,67 +963,76 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>関係要員（専従者を除く）の人件費、関連記録の記録・保管、同委託管理経費</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8B94AC" w14:textId="23E2FB97" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="005561BA" w:rsidP="00C369EF">
       <w:pPr>
         <w:ind w:leftChars="270" w:left="567" w:firstLineChars="135" w:firstLine="270"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>及び建物・機器の減価償却に対応する費用として発生する。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02273860" w14:textId="07C37380" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="00C369EF" w:rsidP="00C369EF">
+    <w:p w14:paraId="02273860" w14:textId="7083F4B3" w:rsidR="005561BA" w:rsidRPr="00B31AB7" w:rsidRDefault="00C369EF" w:rsidP="00C369EF">
       <w:pPr>
         <w:ind w:leftChars="270" w:left="567" w:firstLineChars="235" w:firstLine="470"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>→</w:t>
+      </w:r>
+      <w:r w:rsidR="000D40D8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>審査料、</w:t>
       </w:r>
       <w:r w:rsidR="005561BA" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>調査票1冊当たりの単価</w:t>
       </w:r>
       <w:r w:rsidR="005561BA" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>と管理経費を合算した額</w:t>
       </w:r>
       <w:r w:rsidR="005561BA" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1675,50 +1698,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15BC3C7C" w14:textId="77777777" w:rsidR="00E05DF0" w:rsidRDefault="00E05DF0" w:rsidP="00E05DF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04FC182E" w14:textId="061179BB" w:rsidR="008D5837" w:rsidRPr="00B31AB7" w:rsidRDefault="00A715D1" w:rsidP="00E05DF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ご不明点等</w:t>
       </w:r>
       <w:r w:rsidR="00B31AB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>が</w:t>
       </w:r>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ございましたら、</w:t>
       </w:r>
       <w:r w:rsidR="00203B93" w:rsidRPr="00203B93">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>学術研究支援課（治験事務局担当）</w:t>
       </w:r>
@@ -1751,51 +1775,56 @@
             <w:rStyle w:val="a4"/>
             <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>keio-chiken@adst.keio.ac.jp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00935CDF" w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B31AB7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00614C26" w:rsidRPr="00B31AB7" w:rsidSect="00E05DF0">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1701" w:bottom="720" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="286"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78662867" w14:textId="77777777" w:rsidR="002511A4" w:rsidRDefault="002511A4" w:rsidP="00602F1A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="79DB530E" w14:textId="77777777" w:rsidR="002511A4" w:rsidRDefault="002511A4" w:rsidP="00602F1A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -1828,146 +1857,196 @@
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="763C14B5" w14:textId="77777777" w:rsidR="000D40D8" w:rsidRDefault="000D40D8">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D1884D8" w14:textId="5EAEAE92" w:rsidR="00203B93" w:rsidRPr="00203B93" w:rsidRDefault="00203B93" w:rsidP="00090A78">
     <w:pPr>
       <w:pStyle w:val="af0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00203B93">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>学術研究支援課（治験事務局担当）</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="56ACC223" w14:textId="33CB6703" w:rsidR="00FA5B28" w:rsidRPr="00203B93" w:rsidRDefault="00FA5B28" w:rsidP="00090A78">
+  <w:p w14:paraId="56ACC223" w14:textId="15795D52" w:rsidR="00FA5B28" w:rsidRPr="00203B93" w:rsidRDefault="00FA5B28" w:rsidP="00090A78">
     <w:pPr>
       <w:pStyle w:val="af0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00203B93">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00203B93" w:rsidRPr="00203B93">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00203B93">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00090A78" w:rsidRPr="00203B93">
+    <w:r w:rsidR="000D40D8">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00203B93">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00203B93" w:rsidRPr="00203B93">
+    <w:r w:rsidR="000D40D8">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:t>5</w:t>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0CEED76B" w14:textId="77777777" w:rsidR="000D40D8" w:rsidRDefault="000D40D8">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="677D4CA7" w14:textId="77777777" w:rsidR="002511A4" w:rsidRDefault="002511A4" w:rsidP="00602F1A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11F4E6FB" w14:textId="77777777" w:rsidR="002511A4" w:rsidRDefault="002511A4" w:rsidP="00602F1A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00EF23AD" w14:textId="77777777" w:rsidR="000D40D8" w:rsidRDefault="000D40D8">
+    <w:pPr>
+      <w:pStyle w:val="ae"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19809C92" w14:textId="77777777" w:rsidR="000D40D8" w:rsidRDefault="000D40D8">
+    <w:pPr>
+      <w:pStyle w:val="ae"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08C485F6" w14:textId="77777777" w:rsidR="000D40D8" w:rsidRDefault="000D40D8">
+    <w:pPr>
+      <w:pStyle w:val="ae"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21667881"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="70E46E52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="游明朝" w:eastAsia="游明朝" w:hAnsi="游明朝" w:cs="游明朝"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="⮚"/>
       <w:lvlJc w:val="left"/>
@@ -2049,81 +2128,82 @@
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✧"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="217204336">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00614C26"/>
     <w:rsid w:val="0006404E"/>
     <w:rsid w:val="00090A78"/>
+    <w:rsid w:val="000D40D8"/>
     <w:rsid w:val="000D7310"/>
     <w:rsid w:val="000F36C1"/>
     <w:rsid w:val="001253D5"/>
     <w:rsid w:val="00153E7C"/>
     <w:rsid w:val="001A283C"/>
     <w:rsid w:val="00203B93"/>
     <w:rsid w:val="002511A4"/>
     <w:rsid w:val="002B0E6D"/>
     <w:rsid w:val="002D7A24"/>
     <w:rsid w:val="00357159"/>
     <w:rsid w:val="003968AF"/>
     <w:rsid w:val="003E28D4"/>
     <w:rsid w:val="003F1F3A"/>
     <w:rsid w:val="00425832"/>
     <w:rsid w:val="00455CAA"/>
     <w:rsid w:val="004779CA"/>
     <w:rsid w:val="004E04F5"/>
     <w:rsid w:val="00513440"/>
     <w:rsid w:val="00532AE1"/>
     <w:rsid w:val="005354AE"/>
     <w:rsid w:val="005561BA"/>
     <w:rsid w:val="005E15F4"/>
     <w:rsid w:val="005E2307"/>
     <w:rsid w:val="00602F1A"/>
     <w:rsid w:val="00614C26"/>
@@ -2147,50 +2227,51 @@
     <w:rsid w:val="00981A09"/>
     <w:rsid w:val="00987D9B"/>
     <w:rsid w:val="00990CE2"/>
     <w:rsid w:val="00997715"/>
     <w:rsid w:val="00A715D1"/>
     <w:rsid w:val="00A80F31"/>
     <w:rsid w:val="00A82A2A"/>
     <w:rsid w:val="00A97626"/>
     <w:rsid w:val="00AA1E67"/>
     <w:rsid w:val="00AC5DC4"/>
     <w:rsid w:val="00AE1C92"/>
     <w:rsid w:val="00B058DC"/>
     <w:rsid w:val="00B31AB7"/>
     <w:rsid w:val="00B70BD0"/>
     <w:rsid w:val="00BA38A3"/>
     <w:rsid w:val="00BB4186"/>
     <w:rsid w:val="00BD2DBC"/>
     <w:rsid w:val="00C369EF"/>
     <w:rsid w:val="00C90968"/>
     <w:rsid w:val="00CC42CA"/>
     <w:rsid w:val="00CD52DC"/>
     <w:rsid w:val="00CF5A4C"/>
     <w:rsid w:val="00D159CF"/>
     <w:rsid w:val="00D17A7E"/>
     <w:rsid w:val="00D34694"/>
+    <w:rsid w:val="00D722AA"/>
     <w:rsid w:val="00DD3BEC"/>
     <w:rsid w:val="00E05DF0"/>
     <w:rsid w:val="00E77975"/>
     <w:rsid w:val="00EA5200"/>
     <w:rsid w:val="00EC08A9"/>
     <w:rsid w:val="00F557E0"/>
     <w:rsid w:val="00F76852"/>
     <w:rsid w:val="00F805EE"/>
     <w:rsid w:val="00F82D47"/>
     <w:rsid w:val="00FA5B28"/>
     <w:rsid w:val="00FD693C"/>
     <w:rsid w:val="00FE397B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2954,51 +3035,51 @@
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008D5837"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keio-chiken@adst.keio.ac.jp" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keio-chiken@adst.keio.ac.jp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3275,67 +3356,67 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhc79o5OeyJEq2Vbs326uOEd1VOIA==">AMUW2mXa7Z2E1nBHbh2utHCwb1L9Ur+yz8N03Fmj34s7UsJWLtQWgA+jHPes9w4Ctb6t4I52XmvIxt4B/USA3+SegQwFeWLYUmfdxrAGq/plYLC4F8N0tcE1pQ5RJqgOxkVpPO2bzlaA</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>530</Characters>
+  <Pages>2</Pages>
+  <Words>466</Words>
+  <Characters>537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>949</CharactersWithSpaces>
+  <CharactersWithSpaces>962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>清水　恵</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>