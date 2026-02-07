--- v0 (2026-01-20)
+++ v1 (2026-02-07)
@@ -1228,90 +1228,99 @@
     </w:p>
     <w:p w14:paraId="00000028" w14:textId="647E1E97" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4．EDCを使用する場合</w:t>
       </w:r>
       <w:r w:rsidR="003968AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>について</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000029" w14:textId="0256DF10" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
+    <w:p w14:paraId="00000029" w14:textId="3511FE3F" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidR="002603E9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>・</w:t>
       </w:r>
       <w:r>
-        <w:t>EDC申請の問合せ先は、情報システム部となります</w:t>
+        <w:t>EDC申請の問合せ先は、</w:t>
+      </w:r>
+      <w:r w:rsidR="006A682F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>病院</w:t>
+      </w:r>
+      <w:r>
+        <w:t>情報システム部となります</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000002A" w14:textId="59B80968" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidR="002603E9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r>
         <w:t>下記アドレスまでご連絡ください</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
+    <w:p w14:paraId="0000002B" w14:textId="536D919B" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">　　　EDC　システム部グループアドレス　   </w:t>
+        <w:t xml:space="preserve">　　　システム部グループアドレス　   </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>hosp-system@adst.keio.ac.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00614C26" w:rsidRDefault="00614C26">
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="399CCE7C" w14:textId="77777777" w:rsidR="002603E9" w:rsidRDefault="002603E9">
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000002D" w14:textId="139224E4" w:rsidR="00614C26" w:rsidRDefault="00A715D1">
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
         <w:rPr>
@@ -2287,51 +2296,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✧"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="217204336">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2349,50 +2358,52 @@
     <w:rsid w:val="001C25C7"/>
     <w:rsid w:val="002603E9"/>
     <w:rsid w:val="00270941"/>
     <w:rsid w:val="002B0E6D"/>
     <w:rsid w:val="002D7A24"/>
     <w:rsid w:val="00357159"/>
     <w:rsid w:val="00361B2C"/>
     <w:rsid w:val="0036513D"/>
     <w:rsid w:val="003968AF"/>
     <w:rsid w:val="003C1424"/>
     <w:rsid w:val="003C209E"/>
     <w:rsid w:val="003E28D4"/>
     <w:rsid w:val="00410E8F"/>
     <w:rsid w:val="00425832"/>
     <w:rsid w:val="00490D42"/>
     <w:rsid w:val="004E04F5"/>
     <w:rsid w:val="005354AE"/>
     <w:rsid w:val="005C703F"/>
     <w:rsid w:val="005E2307"/>
     <w:rsid w:val="00602F1A"/>
     <w:rsid w:val="00614C26"/>
     <w:rsid w:val="0063523D"/>
     <w:rsid w:val="00640973"/>
     <w:rsid w:val="00655ACD"/>
     <w:rsid w:val="00670B10"/>
+    <w:rsid w:val="00696825"/>
+    <w:rsid w:val="006A682F"/>
     <w:rsid w:val="00720FDF"/>
     <w:rsid w:val="00727BCC"/>
     <w:rsid w:val="007A7EA4"/>
     <w:rsid w:val="007E0073"/>
     <w:rsid w:val="007F3E18"/>
     <w:rsid w:val="00822E53"/>
     <w:rsid w:val="0083035B"/>
     <w:rsid w:val="008C7383"/>
     <w:rsid w:val="008E0D3D"/>
     <w:rsid w:val="008E5DBA"/>
     <w:rsid w:val="00901D36"/>
     <w:rsid w:val="00914637"/>
     <w:rsid w:val="00922A58"/>
     <w:rsid w:val="00935CDF"/>
     <w:rsid w:val="00945146"/>
     <w:rsid w:val="0095090D"/>
     <w:rsid w:val="00951496"/>
     <w:rsid w:val="00966A2D"/>
     <w:rsid w:val="00980E18"/>
     <w:rsid w:val="00987D9B"/>
     <w:rsid w:val="00997715"/>
     <w:rsid w:val="009A5FE6"/>
     <w:rsid w:val="00A5649B"/>
     <w:rsid w:val="00A715D1"/>
     <w:rsid w:val="00A80F31"/>
@@ -3538,66 +3549,66 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhc79o5OeyJEq2Vbs326uOEd1VOIA==">AMUW2mXa7Z2E1nBHbh2utHCwb1L9Ur+yz8N03Fmj34s7UsJWLtQWgA+jHPes9w4Ctb6t4I52XmvIxt4B/USA3+SegQwFeWLYUmfdxrAGq/plYLC4F8N0tcE1pQ5RJqgOxkVpPO2bzlaA</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1988</Words>
-  <Characters>2099</Characters>
+  <Words>1989</Words>
+  <Characters>2098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>96</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2161</CharactersWithSpaces>
+  <CharactersWithSpaces>2159</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>清水　恵</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>